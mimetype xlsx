--- v0 (2025-10-08)
+++ v1 (2026-02-09)
@@ -877,69 +877,69 @@
       <c r="A5" s="10" t="s">
         <v>4</v>
       </c>
       <c r="B5" s="13" t="s">
         <v>5</v>
       </c>
       <c r="C5" s="13" t="s">
         <v>6</v>
       </c>
       <c r="D5" s="13" t="s">
         <v>7</v>
       </c>
       <c r="E5" s="13" t="s">
         <v>8</v>
       </c>
       <c r="F5" s="13" t="s">
         <v>9</v>
       </c>
       <c r="G5" s="13" t="s">
         <v>10</v>
       </c>
       <c r="H5" s="16"/>
     </row>
     <row r="6" spans="1:8">
       <c r="A6">
-        <v>18510</v>
+        <v>20470</v>
       </c>
       <c r="B6">
-        <v>37740</v>
+        <v>42480</v>
       </c>
       <c r="C6">
-        <v>40990</v>
+        <v>45710</v>
       </c>
       <c r="D6">
-        <v>36540</v>
+        <v>40230</v>
       </c>
       <c r="E6">
-        <v>38290</v>
+        <v>41480</v>
       </c>
       <c r="F6">
-        <v>6770</v>
+        <v>7370</v>
       </c>
       <c r="G6">
-        <v>15290</v>
+        <v>17010</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="A3" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -974,57 +974,57 @@
       </c>
       <c r="B3" s="22"/>
       <c r="C3" s="22"/>
       <c r="D3" s="25"/>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="19"/>
       <c r="B4" s="22"/>
       <c r="C4" s="22"/>
       <c r="D4" s="25"/>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="20" t="s">
         <v>11</v>
       </c>
       <c r="B5" s="23" t="s">
         <v>12</v>
       </c>
       <c r="C5" s="23" t="s">
         <v>13</v>
       </c>
       <c r="D5" s="26"/>
     </row>
     <row r="6" spans="1:4">
       <c r="A6">
-        <v>103350</v>
+        <v>115130</v>
       </c>
       <c r="B6">
-        <v>90330</v>
+        <v>99160</v>
       </c>
       <c r="C6">
-        <v>430</v>
+        <v>470</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="A3" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -1143,93 +1143,93 @@
       <c r="I5" s="33" t="s">
         <v>22</v>
       </c>
       <c r="J5" s="33" t="s">
         <v>23</v>
       </c>
       <c r="K5" s="33" t="s">
         <v>24</v>
       </c>
       <c r="L5" s="33" t="s">
         <v>25</v>
       </c>
       <c r="M5" s="33" t="s">
         <v>26</v>
       </c>
       <c r="N5" s="33" t="s">
         <v>27</v>
       </c>
       <c r="O5" s="33" t="s">
         <v>28</v>
       </c>
       <c r="P5" s="36"/>
     </row>
     <row r="6" spans="1:16">
       <c r="A6">
-        <v>155730</v>
+        <v>172310</v>
       </c>
       <c r="B6">
-        <v>5100</v>
+        <v>5320</v>
       </c>
       <c r="C6">
-        <v>2790</v>
+        <v>3550</v>
       </c>
       <c r="D6">
-        <v>7520</v>
+        <v>8540</v>
       </c>
       <c r="E6">
-        <v>2010</v>
+        <v>2260</v>
       </c>
       <c r="F6">
-        <v>1960</v>
+        <v>2140</v>
       </c>
       <c r="G6">
-        <v>7430</v>
+        <v>8100</v>
       </c>
       <c r="H6">
-        <v>970</v>
+        <v>1020</v>
       </c>
       <c r="I6">
-        <v>4750</v>
+        <v>5250</v>
       </c>
       <c r="J6">
-        <v>390</v>
+        <v>430</v>
       </c>
       <c r="K6">
-        <v>200</v>
+        <v>220</v>
       </c>
       <c r="L6">
-        <v>1220</v>
+        <v>1330</v>
       </c>
       <c r="M6">
         <v>50</v>
       </c>
       <c r="N6">
-        <v>500</v>
+        <v>530</v>
       </c>
       <c r="O6">
-        <v>3500</v>
+        <v>3700</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="A3" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -1264,57 +1264,57 @@
       </c>
       <c r="B3" s="42"/>
       <c r="C3" s="42"/>
       <c r="D3" s="45"/>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="39"/>
       <c r="B4" s="42"/>
       <c r="C4" s="42"/>
       <c r="D4" s="45"/>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="40" t="s">
         <v>29</v>
       </c>
       <c r="B5" s="43" t="s">
         <v>30</v>
       </c>
       <c r="C5" s="43" t="s">
         <v>31</v>
       </c>
       <c r="D5" s="46"/>
     </row>
     <row r="6" spans="1:4">
       <c r="A6">
-        <v>31080</v>
+        <v>35720</v>
       </c>
       <c r="B6">
-        <v>4500</v>
+        <v>174420</v>
       </c>
       <c r="C6">
-        <v>158540</v>
+        <v>4620</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="A3" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -1391,75 +1391,75 @@
       <c r="C5" s="53" t="s">
         <v>34</v>
       </c>
       <c r="D5" s="53" t="s">
         <v>35</v>
       </c>
       <c r="E5" s="53" t="s">
         <v>36</v>
       </c>
       <c r="F5" s="53" t="s">
         <v>37</v>
       </c>
       <c r="G5" s="53" t="s">
         <v>38</v>
       </c>
       <c r="H5" s="53" t="s">
         <v>39</v>
       </c>
       <c r="I5" s="53" t="s">
         <v>28</v>
       </c>
       <c r="J5" s="56"/>
     </row>
     <row r="6" spans="1:10">
       <c r="A6">
-        <v>9320</v>
+        <v>9950</v>
       </c>
       <c r="B6">
-        <v>12310</v>
+        <v>13590</v>
       </c>
       <c r="C6">
-        <v>97500</v>
+        <v>108350</v>
       </c>
       <c r="D6">
-        <v>44130</v>
+        <v>49050</v>
       </c>
       <c r="E6">
-        <v>17020</v>
+        <v>18720</v>
       </c>
       <c r="F6">
-        <v>9010</v>
+        <v>9850</v>
       </c>
       <c r="G6">
-        <v>1650</v>
+        <v>1840</v>
       </c>
       <c r="H6">
-        <v>490</v>
+        <v>560</v>
       </c>
       <c r="I6">
-        <v>2670</v>
+        <v>2850</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="A3" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>